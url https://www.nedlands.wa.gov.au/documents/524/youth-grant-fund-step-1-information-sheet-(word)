--- v0 (2025-10-17)
+++ v1 (2026-03-09)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="213541C4" w14:textId="77777777" w:rsidR="001860A4" w:rsidRDefault="001860A4" w:rsidP="00861C38">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FC3C503" w14:textId="77777777" w:rsidR="001860A4" w:rsidRDefault="001860A4" w:rsidP="00861C38">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="146B3F14" w14:textId="5867FEE3" w:rsidR="00861C38" w:rsidRPr="004E04A8" w:rsidRDefault="00861C38" w:rsidP="00861C38">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1045,51 +1045,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00960057">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be granted sponsorship</w:t>
       </w:r>
       <w:r w:rsidRPr="001B1C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in one financial year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146B3F30" w14:textId="77777777" w:rsidR="00861C38" w:rsidRPr="001B1C2A" w:rsidRDefault="00861C38" w:rsidP="002124F9">
+    <w:p w14:paraId="146B3F30" w14:textId="77777777" w:rsidR="00861C38" w:rsidRDefault="00861C38" w:rsidP="002124F9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B1C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">No more than four applicants </w:t>
       </w:r>
       <w:r w:rsidR="00960057">
@@ -1111,72 +1111,97 @@
       <w:r w:rsidR="00960057">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">will be granted sponsorship </w:t>
       </w:r>
       <w:r w:rsidR="00960057" w:rsidRPr="001B1C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="001B1C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>one financial year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146B3F31" w14:textId="77777777" w:rsidR="00861C38" w:rsidRDefault="00861C38" w:rsidP="00861C38">
-      <w:pPr>
+    <w:p w14:paraId="655CAB90" w14:textId="2532566C" w:rsidR="008A44EA" w:rsidRPr="008A44EA" w:rsidRDefault="008A44EA" w:rsidP="002124F9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-426"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A44EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Applicants are required to provide matching funds equivalent to the amount requested from the City</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146B3F31" w14:textId="77777777" w:rsidR="00861C38" w:rsidRDefault="00861C38" w:rsidP="00861C38">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="146B3F32" w14:textId="412F73E8" w:rsidR="00DE5740" w:rsidRPr="00861C38" w:rsidRDefault="00FE151F" w:rsidP="00861C38">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547E681E" wp14:editId="2CDFEBF5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547E681E" wp14:editId="34BAF36E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6215583</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7776434" cy="685800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1934272432" name="Picture 1934272432" descr="\\admprofiles01\desktop$\fchesterman\desktop\CoN_footer_final.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="\\admprofiles01\desktop$\fchesterman\desktop\CoN_footer_final.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print">
@@ -1210,70 +1235,70 @@
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DE5740" w:rsidRPr="00861C38" w:rsidSect="00BE742A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="566" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0455C38E" w14:textId="77777777" w:rsidR="00A47B39" w:rsidRDefault="00A47B39" w:rsidP="008617F1">
+    <w:p w14:paraId="54971954" w14:textId="77777777" w:rsidR="00AB4D33" w:rsidRDefault="00AB4D33" w:rsidP="008617F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3946A6D8" w14:textId="77777777" w:rsidR="00A47B39" w:rsidRDefault="00A47B39" w:rsidP="008617F1">
+    <w:p w14:paraId="587D2C53" w14:textId="77777777" w:rsidR="00AB4D33" w:rsidRDefault="00AB4D33" w:rsidP="008617F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1297,51 +1322,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="146B3F3B" w14:textId="4BC216AB" w:rsidR="002B7D5F" w:rsidRDefault="00790CDA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F54AE59" wp14:editId="2B2A0F1B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7776434" cy="685800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="10" name="Picture 10" descr="\\admprofiles01\desktop$\fchesterman\desktop\CoN_footer_final.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1374,162 +1399,304 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B14603C" w14:textId="77777777" w:rsidR="00A47B39" w:rsidRDefault="00A47B39" w:rsidP="008617F1">
+    <w:p w14:paraId="6F0C9810" w14:textId="77777777" w:rsidR="00AB4D33" w:rsidRDefault="00AB4D33" w:rsidP="008617F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="066ECF81" w14:textId="77777777" w:rsidR="00A47B39" w:rsidRDefault="00A47B39" w:rsidP="008617F1">
+    <w:p w14:paraId="1BA8CADD" w14:textId="77777777" w:rsidR="00AB4D33" w:rsidRDefault="00AB4D33" w:rsidP="008617F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="146B3F37" w14:textId="42A0B06C" w:rsidR="002B7D5F" w:rsidRDefault="00717B8E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="146B3F37" w14:textId="1B6D16BF" w:rsidR="002B7D5F" w:rsidRDefault="003B2C3B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:pict w14:anchorId="146B3F3C">
-[...78 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="146B3F3C" wp14:editId="3363EC4D">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>1209675</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-40005</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4276725" cy="445135"/>
+              <wp:effectExtent l="0" t="7620" r="0" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="301265240" name="Text Box 6"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4276725" cy="445135"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="146B3F44" w14:textId="77777777" w:rsidR="00F531A2" w:rsidRPr="00F531A2" w:rsidRDefault="002B7D5F" w:rsidP="009D3E06">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0036191D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">| </w:t>
+                          </w:r>
+                          <w:r w:rsidR="008230CA">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Information Sheet: </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Youth </w:t>
+                          </w:r>
+                          <w:r w:rsidR="008230CA">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t>Grants</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Fund</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="0036191D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:br/>
+                          </w:r>
+                          <w:r w:rsidRPr="006D04A3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">  </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00F531A2">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>Community Development</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>20000</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="146B3F3C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:95.25pt;margin-top:-3.15pt;width:336.75pt;height:35.05pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOJJFs/wEAAOcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07Ql3YWo6Wrpqghp&#10;uUgLH+A4TmLheMzYbVK+nrHTdgu8IfJgeTz2mTlnTtZ3Y2/YQaHXYEu+mM05U1ZCrW1b8m9fd6/e&#10;cOaDsLUwYFXJj8rzu83LF+vBFWoJHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlZAPYi0AhtlmNYiD0&#10;3mTL+fwmGwBrhyCV93T6MCX5JuE3jZLhc9N4FZgpOfUW0oppreKabdaiaFG4TstTG+IfuuiFtlT0&#10;AvUggmB71H9B9VoieGjCTEKfQdNoqRIHYrOY/8HmqRNOJS4kjncXmfz/g5WfDk/uC7IwvoORBphI&#10;ePcI8rtnFradsK26R4ShU6KmwosoWTY4X5yeRql94SNINXyEmoYs9gES0NhgH1UhnozQaQDHi+hq&#10;DEzSYb68vbldrjiTlMvz1eL1KpUQxfm1Qx/eK+hZ3JQcaagJXRwefYjdiOJ8JRbzYHS908akANtq&#10;a5AdBBlgl77prXGdmE6TCQjDT1cT3m8YxkYkCxFzKhdPkgaR9iRAGKuRklGLCuojqYEwuY3+Dtp0&#10;gD85G8hpJfc/9gIVZ+aDJUXfLvI8WjMF+ep2SQFeZ6rrjLCSoEoeOJu22zDZee9Qtx1VOs/wnqaw&#10;00mg565OfZObEs+T86Ndr+N06/n/3PwCAAD//wMAUEsDBBQABgAIAAAAIQCT3kN+3AAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrsEojTEqVCkcuFEae9uvE0i7HWI3Tb8&#10;PcsJjqN9mn1TbWbvxAWnOATSsFoqEEhtsAN1GvYf20UBIiZD1rhAqOEbI2zq25vKlDZc6R0vu9QJ&#10;LqFYGg19SmMpZWx79CYuw4jEt1OYvEkcp07ayVy53Dv5oFQuvRmIP/RmxKbH9nN39hrC+rX5mn22&#10;PTXpsDKj2x/elNL6/m5+eQaRcE5/MPzqszrU7HQMZ7JROM5r9cSohkWegWCgyB953FFDnhUg60r+&#10;X1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI4kkWz/AQAA5wMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJPeQ37cAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAWQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" stroked="f">
+              <v:fill opacity="0"/>
+              <v:textbox style="mso-fit-shape-to-text:t">
+                <w:txbxContent>
+                  <w:p w14:paraId="146B3F44" w14:textId="77777777" w:rsidR="00F531A2" w:rsidRPr="00F531A2" w:rsidRDefault="002B7D5F" w:rsidP="009D3E06">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0036191D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">| </w:t>
+                    </w:r>
+                    <w:r w:rsidR="008230CA">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Information Sheet: </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Youth </w:t>
+                    </w:r>
+                    <w:r w:rsidR="008230CA">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t>Grants</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Fund</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="0036191D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:br/>
+                    </w:r>
+                    <w:r w:rsidRPr="006D04A3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">  </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00F531A2">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>Community Development</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="001860A4">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F41A7C1" wp14:editId="41F6911E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-330740</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-428490</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7632700" cy="1866900"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19837"/>
               <wp:lineTo x="108" y="19837"/>
               <wp:lineTo x="162" y="19396"/>
               <wp:lineTo x="1240" y="17633"/>
               <wp:lineTo x="2588" y="14327"/>
@@ -1577,119 +1744,240 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="146B3F38" w14:textId="10B08C3B" w:rsidR="002B7D5F" w:rsidRDefault="002B7D5F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="146B3F39" w14:textId="3AC09581" w:rsidR="002B7D5F" w:rsidRDefault="00717B8E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="146B3F39" w14:textId="29C94EA0" w:rsidR="002B7D5F" w:rsidRDefault="003B2C3B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
-      <w:pict w14:anchorId="146B3F3C">
-[...57 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="146B3F3C" wp14:editId="6552851B">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>1228725</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-49530</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4276725" cy="445135"/>
+              <wp:effectExtent l="0" t="7620" r="0" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2004914388" name="Text Box 10"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4276725" cy="445135"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2819F581" w14:textId="77777777" w:rsidR="004D347D" w:rsidRPr="00F531A2" w:rsidRDefault="004D347D" w:rsidP="004D347D">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0036191D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">| </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t>Information Sheet: Youth Grants Fund</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="0036191D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:br/>
+                          </w:r>
+                          <w:r w:rsidRPr="006D04A3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">  </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>Community Development</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>20000</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="146B3F3C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:96.75pt;margin-top:-3.9pt;width:336.75pt;height:35.05pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2C3rxAgIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07Ql3YWo6Wrpqghp&#10;uUgLH+A4TmLheMzYbVK+nrHTdgu8IfxgeWbsMzNnjtd3Y2/YQaHXYEu+mM05U1ZCrW1b8m9fd6/e&#10;cOaDsLUwYFXJj8rzu83LF+vBFWoJHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlYAPYi0AmtlmNYiD0&#10;3mTL+fwmGwBrhyCV9+R9mIJ8k/CbRsnwuWm8CsyUnGoLace0V3HPNmtRtChcp+WpDPEPVfRCW0p6&#10;gXoQQbA96r+gei0RPDRhJqHPoGm0VKkH6mYx/6Obp044lXohcry70OT/H6z8dHhyX5CF8R2MNMDU&#10;hHePIL97ZmHbCduqe0QYOiVqSryIlGWD88XpaaTaFz6CVMNHqGnIYh8gAY0N9pEV6pMROg3geCFd&#10;jYFJcubL25vb5YozSbE8Xy1er1IKUZxfO/ThvYKexUPJkYaa0MXh0YdYjSjOV2IyD0bXO21MMrCt&#10;tgbZQZAAdmlNb43rxORNIiAMP11NeL9hGBuRLETMKV30JA5i2xMBYaxGpusTQZGSCuojkYIwiY4+&#10;CR06wJ+cDSS4kvsfe4GKM/PBErFvF3keFZqMfHW7JAOvI9V1RFhJUCUPnE3HbZhUvXeo244ynUd5&#10;T8PY6cTTc1Wn8klUqd3TB4iqvbbTredvuvkFAAD//wMAUEsDBBQABgAIAAAAIQCE2nYY3AAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWruNSNsQp0KRyoUTpb1vYzeJsNch&#10;dtvw9ywnOI52NPteuZ28E1c7xj6QhsVcgbDUBNNTq+HwsZutQcSEZNAFshq+bYRtdX9XYmHCjd7t&#10;dZ9awSMUC9TQpTQUUsamsx7jPAyW+HYOo8fEcWylGfHG497JpVK59NgTf+hwsHVnm8/9xWsIm9f6&#10;a/LZ7lyn4wIHdzi+KaX148P08gwi2Sn9leEXn9GhYqZTuJCJwnHeZE9c1TBbsQIX1vmK5U4a8mUG&#10;sirlf4PqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALYLevECAgAA7gMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAITadhjcAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAXAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" stroked="f">
+              <v:fill opacity="0"/>
+              <v:textbox style="mso-fit-shape-to-text:t">
+                <w:txbxContent>
+                  <w:p w14:paraId="2819F581" w14:textId="77777777" w:rsidR="004D347D" w:rsidRPr="00F531A2" w:rsidRDefault="004D347D" w:rsidP="004D347D">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0036191D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">| </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t>Information Sheet: Youth Grants Fund</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="0036191D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:br/>
+                    </w:r>
+                    <w:r w:rsidRPr="006D04A3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">  </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>Community Development</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="004D347D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09A5E9EE" wp14:editId="3FA1EC64">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-350196</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-447945</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7632700" cy="1866900"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19837"/>
               <wp:lineTo x="108" y="19837"/>
               <wp:lineTo x="162" y="19396"/>
               <wp:lineTo x="1240" y="17633"/>
               <wp:lineTo x="2588" y="14327"/>
@@ -1737,51 +2025,51 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="146B3F3A" w14:textId="77777777" w:rsidR="002B7D5F" w:rsidRDefault="002B7D5F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0783570C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1094814A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3953,141 +4241,146 @@
   <w:num w:numId="12" w16cid:durableId="1214656794">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1572084133">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="395594853">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1576013612">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="794106822">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="250703622">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="375741771">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="98"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008617F1"/>
     <w:rsid w:val="000353A3"/>
     <w:rsid w:val="0006658C"/>
     <w:rsid w:val="000C6D21"/>
     <w:rsid w:val="000D1690"/>
     <w:rsid w:val="000E2575"/>
     <w:rsid w:val="000F33DC"/>
+    <w:rsid w:val="00120EA1"/>
     <w:rsid w:val="00134034"/>
     <w:rsid w:val="00141039"/>
     <w:rsid w:val="00165351"/>
     <w:rsid w:val="001860A4"/>
     <w:rsid w:val="001E250B"/>
     <w:rsid w:val="002124F9"/>
     <w:rsid w:val="0028142A"/>
     <w:rsid w:val="00286311"/>
     <w:rsid w:val="002B7D5F"/>
     <w:rsid w:val="002E666F"/>
     <w:rsid w:val="003152B5"/>
     <w:rsid w:val="0036191D"/>
     <w:rsid w:val="00375089"/>
     <w:rsid w:val="00375D61"/>
     <w:rsid w:val="003804BD"/>
+    <w:rsid w:val="003B2C3B"/>
     <w:rsid w:val="003B47EE"/>
     <w:rsid w:val="003B501C"/>
     <w:rsid w:val="003B6658"/>
     <w:rsid w:val="004152C2"/>
     <w:rsid w:val="00432283"/>
     <w:rsid w:val="00456A53"/>
     <w:rsid w:val="004D347D"/>
     <w:rsid w:val="004E04A8"/>
     <w:rsid w:val="004E3879"/>
     <w:rsid w:val="00505579"/>
     <w:rsid w:val="0053483F"/>
     <w:rsid w:val="00544881"/>
     <w:rsid w:val="00572321"/>
     <w:rsid w:val="00591FA5"/>
     <w:rsid w:val="005958A8"/>
     <w:rsid w:val="0061164B"/>
     <w:rsid w:val="00640996"/>
     <w:rsid w:val="0065640F"/>
     <w:rsid w:val="0066769E"/>
     <w:rsid w:val="006B4D8A"/>
     <w:rsid w:val="006D04A3"/>
     <w:rsid w:val="00717B8E"/>
     <w:rsid w:val="00773C84"/>
     <w:rsid w:val="00790CDA"/>
     <w:rsid w:val="0082054B"/>
     <w:rsid w:val="00821922"/>
     <w:rsid w:val="008230CA"/>
     <w:rsid w:val="008339FF"/>
     <w:rsid w:val="008617F1"/>
     <w:rsid w:val="00861C38"/>
+    <w:rsid w:val="008A44EA"/>
     <w:rsid w:val="008E045E"/>
     <w:rsid w:val="00930554"/>
     <w:rsid w:val="00931E08"/>
     <w:rsid w:val="00946F12"/>
     <w:rsid w:val="00960057"/>
     <w:rsid w:val="009874E5"/>
     <w:rsid w:val="009D3E06"/>
     <w:rsid w:val="009F7DBA"/>
     <w:rsid w:val="00A47B39"/>
     <w:rsid w:val="00A72F0D"/>
     <w:rsid w:val="00AA6A66"/>
     <w:rsid w:val="00AA74AD"/>
     <w:rsid w:val="00AB3AB1"/>
+    <w:rsid w:val="00AB4D33"/>
     <w:rsid w:val="00AD5D8C"/>
     <w:rsid w:val="00AE0C7B"/>
     <w:rsid w:val="00AE79DE"/>
     <w:rsid w:val="00B2189A"/>
     <w:rsid w:val="00B30B84"/>
     <w:rsid w:val="00B33E9C"/>
     <w:rsid w:val="00B978A1"/>
     <w:rsid w:val="00BD1FD6"/>
     <w:rsid w:val="00BE4845"/>
     <w:rsid w:val="00BE742A"/>
     <w:rsid w:val="00C50074"/>
     <w:rsid w:val="00C5773B"/>
     <w:rsid w:val="00C86855"/>
     <w:rsid w:val="00CA7F5D"/>
     <w:rsid w:val="00CB12DA"/>
     <w:rsid w:val="00D067B5"/>
     <w:rsid w:val="00D06B38"/>
     <w:rsid w:val="00D804B8"/>
     <w:rsid w:val="00DC18AB"/>
     <w:rsid w:val="00DC3680"/>
     <w:rsid w:val="00DC753D"/>
     <w:rsid w:val="00DE2B20"/>
     <w:rsid w:val="00DE5740"/>
     <w:rsid w:val="00E135E9"/>
     <w:rsid w:val="00E87308"/>
@@ -4110,51 +4403,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="146B3F14"/>
   <w15:docId w15:val="{A6C4D4FA-FE6F-4915-900A-0C18BDB80DFA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4520,51 +4813,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00861C38"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -4686,51 +4978,51 @@
     <w:semiHidden/>
     <w:rsid w:val="00BE742A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E87308"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1351300153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -5026,129 +5318,100 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...73 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="eDMS Document" ma:contentTypeID="0x010100DBE2AFA49EAD6847BCAE523F8D149C8E00DBB35E1E18050F4EA693EF54166CEE1B" ma:contentTypeVersion="542" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="7a3e5aa5349f98b1821c248465e4360c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd" xmlns:ns3="a4569545-3f5c-4d76-b5ef-e21c01e673e6" xmlns:ns4="02b462e0-950b-4d18-8f56-efe6ec8fd98e" xmlns:ns5="82dc8473-40ba-4f11-b935-f34260e482de" xmlns:ns6="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e" xmlns:ns7="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88d847d424f49524f4f693bab70b9d78" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
     <xsd:import namespace="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
     <xsd:import namespace="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
     <xsd:import namespace="82dc8473-40ba-4f11-b935-f34260e482de"/>
     <xsd:import namespace="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e"/>
     <xsd:import namespace="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Additional_x0020_Info" minOccurs="0"/>
                 <xsd:element ref="ns2:eDMS_x0020_Library" minOccurs="0"/>
                 <xsd:element ref="ns1:V3Comments" minOccurs="0"/>
                 <xsd:element ref="ns4:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns4:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns4:l5218a67820a405eab41420940e22386" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:c17adc3306e5490dbb62a9b09578c603" minOccurs="0"/>
                 <xsd:element ref="ns4:i1b3c855753b482e967e07bcf98e63b6" minOccurs="0"/>
@@ -5535,232 +5798,263 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <b73ede9528844b4dac4ca2ed79a068d8 xmlns="a4569545-3f5c-4d76-b5ef-e21c01e673e6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">City of Nedlands</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">e1cb6260-fbdb-4707-a83e-0c933e524b72</TermId>
+        </TermInfo>
+      </Terms>
+    </b73ede9528844b4dac4ca2ed79a068d8>
+    <l5218a67820a405eab41420940e22386 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Communications</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</TermId>
+        </TermInfo>
+      </Terms>
+    </l5218a67820a405eab41420940e22386>
+    <TaxCatchAll xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Value>20</Value>
+      <Value>40</Value>
+      <Value>22</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <eDMS_x0020_Library xmlns="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd">Marketing</eDMS_x0020_Library>
+    <V3Comments xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Additional_x0020_Info xmlns="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd" xsi:nil="true"/>
+    <c17adc3306e5490dbb62a9b09578c603 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Community Relations</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">00c33994-667c-4fea-8cff-18d8a788bccc</TermId>
+        </TermInfo>
+      </Terms>
+    </c17adc3306e5490dbb62a9b09578c603>
+    <i1b3c855753b482e967e07bcf98e63b6 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Marketing</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ab9aa8f8-a547-449a-a50a-7f6d3aef1950</TermId>
+        </TermInfo>
+      </Terms>
+    </i1b3c855753b482e967e07bcf98e63b6>
+    <j6438741ad114f2786113428657618e6 xmlns="82dc8473-40ba-4f11-b935-f34260e482de">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </j6438741ad114f2786113428657618e6>
+    <_dlc_DocId xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">COMMUNITY-101306793-38800</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Url>https://nedlands365.sharepoint.com/sites/community/communications/_layouts/15/DocIdRedir.aspx?ID=COMMUNITY-101306793-38800</Url>
+      <Description>COMMUNITY-101306793-38800</Description>
+    </_dlc_DocIdUrl>
+    <Marketing_x0020__x002d__x0020_Folder_x0020_Delete xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Marketing_x0020__x002d__x0020_Folder_x0020_Delete>
+    <Change_x0020_Notification_x0020_and_x0020_Logging xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Change_x0020_Notification_x0020_and_x0020_Logging>
+    <Expended_x0020_Time xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Expended_x0020_Time>
+    <Marketing_x0020__x002d__x0020_Time_x0020_Utilisation xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Marketing_x0020__x002d__x0020_Time_x0020_Utilisation>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{703906F5-8E74-45E0-9778-42D75461D4C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33A35E92-8E21-4DB7-A191-6CC2A630A944}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22D03371-C6DE-403A-ABB0-3C50EC1A5FE6}">
-[...20 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66A1A57F-48E0-46F5-82C2-21EB9810F218}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
     <ds:schemaRef ds:uri="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
     <ds:schemaRef ds:uri="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
     <ds:schemaRef ds:uri="82dc8473-40ba-4f11-b935-f34260e482de"/>
     <ds:schemaRef ds:uri="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e"/>
     <ds:schemaRef ds:uri="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22D03371-C6DE-403A-ABB0-3C50EC1A5FE6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
+    <ds:schemaRef ds:uri="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
+    <ds:schemaRef ds:uri="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="82dc8473-40ba-4f11-b935-f34260e482de"/>
+    <ds:schemaRef ds:uri="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33A35E92-8E21-4DB7-A191-6CC2A630A944}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{703906F5-8E74-45E0-9778-42D75461D4C6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D11D550E-96AA-4EAA-8DAC-E4EDFEEB1EA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>389</Words>
-  <Characters>2223</Characters>
+  <Words>420</Words>
+  <Characters>2291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Nedlands</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2607</CharactersWithSpaces>
+  <CharactersWithSpaces>2684</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>treynolds</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DBE2AFA49EAD6847BCAE523F8D149C8E00DBB35E1E18050F4EA693EF54166CEE1B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Entity">
-    <vt:lpwstr>1</vt:lpwstr>
+    <vt:lpwstr>1;#City of Nedlands|e1cb6260-fbdb-4707-a83e-0c933e524b72</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Activity">
-    <vt:lpwstr>40</vt:lpwstr>
+    <vt:lpwstr>40;#Marketing|ab9aa8f8-a547-449a-a50a-7f6d3aef1950</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="eDMS Site">
-    <vt:lpwstr>20</vt:lpwstr>
+    <vt:lpwstr>20;#Communications|d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Function">
-    <vt:lpwstr>22</vt:lpwstr>
+    <vt:lpwstr>22;#Community Relations|00c33994-667c-4fea-8cff-18d8a788bccc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>dfb86684-c8fa-474f-98e6-5f15a17534c0</vt:lpwstr>
+    <vt:lpwstr>9e1d3624-7a12-4980-b5a2-d1e83b11af2f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="document set status previous">
     <vt:lpwstr>Active</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_docset_NoMedatataSyncRequired">
-    <vt:lpwstr>True</vt:lpwstr>
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="eDMS_x0020_Site">
+    <vt:lpwstr>20;#Communications|d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Subject_x0020_Matter">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Subject Matter">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>