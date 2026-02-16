--- v0 (2025-10-17)
+++ v1 (2026-02-16)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4C6ADEAF" w14:textId="77777777" w:rsidR="00DC4F66" w:rsidRDefault="00FB77A7" w:rsidP="00F32022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Council’s </w:t>
       </w:r>
       <w:r w:rsidR="007C5A3F" w:rsidRPr="00D2521B">
         <w:rPr>
@@ -495,91 +495,50 @@
           </w:tcPr>
           <w:p w14:paraId="0D1727D0" w14:textId="77777777" w:rsidR="00D01441" w:rsidRPr="00D2521B" w:rsidRDefault="00D01441" w:rsidP="00EE5695">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36535540" w14:textId="77777777" w:rsidR="00D01441" w:rsidRPr="00D2521B" w:rsidRDefault="00D01441" w:rsidP="00EE5695">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D01441" w:rsidRPr="00D2521B" w14:paraId="33D3E658" w14:textId="77777777" w:rsidTr="0093413C">
-[...39 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00D01441" w:rsidRPr="00D2521B" w14:paraId="08D636A0" w14:textId="77777777" w:rsidTr="0093413C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63389C74" w14:textId="3B57266F" w:rsidR="00D01441" w:rsidRPr="00D2521B" w:rsidRDefault="00D01441" w:rsidP="00EE5695">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D2521B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
             <w:r w:rsidR="006B03CF" w:rsidRPr="00D2521B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -696,57 +655,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -764,57 +723,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -832,57 +791,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -900,57 +859,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -968,57 +927,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1036,57 +995,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1104,57 +1063,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1227,57 +1186,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007457B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1309,57 +1268,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A208B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1424,295 +1383,350 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F52E11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B1893" w:rsidRPr="00D2521B" w14:paraId="3F1CB17F" w14:textId="77777777" w:rsidTr="009B1893">
+      <w:tr w:rsidR="009B1893" w:rsidRPr="00D2521B" w14:paraId="3F1CB17F" w14:textId="77777777" w:rsidTr="00FD295F">
+        <w:trPr>
+          <w:trHeight w:val="1842"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23017611" w14:textId="77777777" w:rsidR="009B1893" w:rsidRPr="00D2521B" w:rsidRDefault="009B1893" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk220652932"/>
           </w:p>
           <w:p w14:paraId="07255AE5" w14:textId="77777777" w:rsidR="003B78BC" w:rsidRPr="00D2521B" w:rsidRDefault="003B78BC" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="64105C73" w14:textId="77777777" w:rsidR="0093413C" w:rsidRPr="00D2521B" w:rsidRDefault="0093413C" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="475FABCF" w14:textId="58BCCA6F" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
+    <w:p w14:paraId="475FABCF" w14:textId="70EE5445" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">What is the </w:t>
       </w:r>
       <w:r w:rsidR="0093413C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">primary </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">purpose of your </w:t>
       </w:r>
       <w:r w:rsidR="0093413C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organisation or group</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9C14D5" w14:textId="77777777" w:rsidR="0021498C" w:rsidRPr="00D2521B" w:rsidRDefault="0021498C" w:rsidP="00EE5695">
-[...10 lines deleted...]
-    <w:p w14:paraId="1E4BA6D4" w14:textId="77777777" w:rsidR="0021498C" w:rsidRDefault="0021498C" w:rsidP="00EE5695">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C3528" w14:paraId="087017B3" w14:textId="77777777" w:rsidTr="000776A3">
+        <w:trPr>
+          <w:trHeight w:val="3001"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9016" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3825425F" w14:textId="77777777" w:rsidR="002C3528" w:rsidRDefault="002C3528" w:rsidP="00EE5695">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0493D792" w14:textId="77777777" w:rsidR="000776A3" w:rsidRDefault="000776A3" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="447399F6" w14:textId="160D7B9B" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00DC0FBC" w:rsidP="00EE5695">
+    <w:p w14:paraId="3FB389E9" w14:textId="77777777" w:rsidR="000776A3" w:rsidRDefault="000776A3" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D2521B">
+    </w:p>
+    <w:p w14:paraId="447399F6" w14:textId="36C1B117" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00DC0FBC" w:rsidP="00EE5695">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">Part 2: </w:t>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Approvals </w:t>
       </w:r>
       <w:r w:rsidR="003539C5" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00F03AB6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>equired</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74604AF6" w14:textId="77777777" w:rsidR="00F62B3B" w:rsidRPr="00D2521B" w:rsidRDefault="00F62B3B" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0160D417" w14:textId="6BA3C869" w:rsidR="00376312" w:rsidRDefault="004D346A" w:rsidP="003D482D">
+    <w:p w14:paraId="0160D417" w14:textId="6910D3ED" w:rsidR="00376312" w:rsidRDefault="004D346A" w:rsidP="003D482D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D2521B">
+      <w:r w:rsidRPr="75C4F9EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Receiving a grant does not imply external</w:t>
       </w:r>
-      <w:r w:rsidR="00586556" w:rsidRPr="00D2521B">
+      <w:r w:rsidR="00586556" w:rsidRPr="75C4F9EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> event approval. </w:t>
       </w:r>
-      <w:r w:rsidR="00E56261">
+      <w:r w:rsidR="00E56261" w:rsidRPr="75C4F9EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Events with an</w:t>
       </w:r>
-      <w:r w:rsidR="00793B9C">
+      <w:r w:rsidR="00793B9C" w:rsidRPr="75C4F9EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
+      <w:r w:rsidR="1DB0E1C2" w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56261" w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following features must be separately </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85151" w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved by the </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E56261">
+      <w:r w:rsidR="00A85151" w:rsidRPr="75C4F9EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>of  the</w:t>
+        <w:t>City</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00E56261">
+      <w:r w:rsidR="00A85151" w:rsidRPr="75C4F9EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> following features must be separately </w:t>
-[...8 lines deleted...]
-        <w:t>approved by the City:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4733A3F8" w14:textId="77777777" w:rsidR="00F279C2" w:rsidRDefault="00F279C2" w:rsidP="00F279C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D04E2E" w14:textId="76FC46C3" w:rsidR="00703E1C" w:rsidRPr="00F279C2" w:rsidRDefault="009E0D68" w:rsidP="006B5DC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
@@ -1981,87 +1995,106 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Community Development Administration Officer</w:t>
       </w:r>
       <w:r w:rsidR="0098297A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on 9273 3500</w:t>
       </w:r>
       <w:r w:rsidR="0021576B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F4B584" w14:textId="77777777" w:rsidR="003D482D" w:rsidRPr="003D482D" w:rsidRDefault="003D482D" w:rsidP="003D482D">
-[...10 lines deleted...]
-    <w:p w14:paraId="42835CBE" w14:textId="77777777" w:rsidR="00F62B3B" w:rsidRPr="00D2521B" w:rsidRDefault="00F62B3B" w:rsidP="00EE5695">
+    <w:p w14:paraId="42835CBE" w14:textId="77777777" w:rsidR="00F62B3B" w:rsidRDefault="00F62B3B" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03AE127B" w14:textId="4807A291" w:rsidR="0037672D" w:rsidRPr="00D2521B" w:rsidRDefault="0037672D" w:rsidP="00EE5695">
+    <w:p w14:paraId="27C8F0A7" w14:textId="77777777" w:rsidR="00FD295F" w:rsidRPr="00D2521B" w:rsidRDefault="00FD295F" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="098E53EB" w14:textId="77777777" w:rsidR="003326CA" w:rsidRDefault="003326CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D2521B">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AE127B" w14:textId="39D3B332" w:rsidR="0037672D" w:rsidRPr="00D2521B" w:rsidRDefault="0037672D" w:rsidP="00EE5695">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Part 3: Financial details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4489C53B" w14:textId="77777777" w:rsidR="00F62B3B" w:rsidRPr="00D2521B" w:rsidRDefault="00F62B3B" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FA8DD02" w14:textId="6806094A" w:rsidR="0037672D" w:rsidRPr="00D2521B" w:rsidRDefault="0037672D" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
@@ -2079,57 +2112,57 @@
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes </w:t>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2137,57 +2170,57 @@
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FCA06CD" w14:textId="77777777" w:rsidR="0037672D" w:rsidRPr="00D2521B" w:rsidRDefault="0037672D" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -2225,169 +2258,149 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="007F35C6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes - ABN: _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15062618" w14:textId="77777777" w:rsidR="0021498C" w:rsidRDefault="00EE5695" w:rsidP="00D87FE4">
+    <w:p w14:paraId="6C5217E2" w14:textId="77777777" w:rsidR="0021498C" w:rsidRDefault="00EE5695" w:rsidP="75C4F9EF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00D2521B">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00D2521B">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D2521B">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
-      <w:r w:rsidR="00D87FE4" w:rsidRPr="00D2521B">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D87FE4" w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please sign and return </w:t>
       </w:r>
-      <w:r w:rsidR="007854A7" w:rsidRPr="00D2521B">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007854A7" w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">with your application </w:t>
       </w:r>
-      <w:r w:rsidR="00D87FE4" w:rsidRPr="00D2521B">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D87FE4" w:rsidRPr="75C4F9EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">an Australian Tax Office </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7BA5DD6E" w14:textId="054C4FF8" w:rsidR="00D87FE4" w:rsidRPr="00D2521B" w:rsidRDefault="0021498C" w:rsidP="00D87FE4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D87FE4" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tatement by a supplier</w:t>
@@ -2450,57 +2463,57 @@
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes </w:t>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2508,57 +2521,57 @@
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EE5695" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B53ABA7" w14:textId="77777777" w:rsidR="003B050A" w:rsidRPr="00D2521B" w:rsidRDefault="003B050A" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -2603,57 +2616,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="007F35C6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C3DCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2699,57 +2712,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C3DCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2809,57 +2822,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C3DCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2891,120 +2904,130 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C3DCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23DE1C08" w14:textId="603A6677" w:rsidR="00100FF5" w:rsidRPr="00D2521B" w:rsidRDefault="00100FF5" w:rsidP="00646983">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AE626D7" w14:textId="36086CD0" w:rsidR="00100FF5" w:rsidRDefault="00100FF5" w:rsidP="00100FF5">
+    <w:p w14:paraId="1600ADC1" w14:textId="77777777" w:rsidR="00C9197C" w:rsidRDefault="00C9197C" w:rsidP="00100FF5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D2521B">
+    </w:p>
+    <w:p w14:paraId="1AE626D7" w14:textId="1FA4F2BB" w:rsidR="00100FF5" w:rsidRDefault="00100FF5" w:rsidP="00100FF5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Bank account details where funds are to be distributed </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00257FDF" w14:textId="557E695D" w:rsidR="00AE4276" w:rsidRPr="00D2521B" w:rsidRDefault="00AE4276" w:rsidP="00AE4276">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You will be emailed by EFT sure and receive a phone call fro</w:t>
       </w:r>
       <w:r w:rsidR="00C975C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3288,57 +3311,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0009329B" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3370,57 +3393,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>A s</w:t>
       </w:r>
       <w:r w:rsidR="0009329B" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -3439,57 +3462,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E44FFB" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3507,109 +3530,127 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0009329B" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other (please specify) ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EFB91BD" w14:textId="77777777" w:rsidR="0009329B" w:rsidRPr="00D2521B" w:rsidRDefault="0009329B" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C3B0AD" w14:textId="776DE847" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
+    <w:p w14:paraId="18CAA9D8" w14:textId="77777777" w:rsidR="003326CA" w:rsidRDefault="003326CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C3B0AD" w14:textId="34360E2D" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Briefly describe project</w:t>
       </w:r>
       <w:r w:rsidR="006730E7" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> event for which funding is sought</w:t>
       </w:r>
       <w:r w:rsidR="006730E7" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -3774,143 +3815,115 @@
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/location</w:t>
       </w:r>
       <w:r w:rsidR="00A47140">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of project or event</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D6BED" w:rsidRPr="00D2521B" w14:paraId="030EF9C8" w14:textId="77777777" w:rsidTr="008D6BED">
+      <w:tr w:rsidR="008D6BED" w:rsidRPr="00D2521B" w14:paraId="030EF9C8" w14:textId="77777777" w:rsidTr="00DC6B54">
+        <w:trPr>
+          <w:trHeight w:val="1915"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7091245A" w14:textId="77777777" w:rsidR="008D6BED" w:rsidRPr="00D2521B" w:rsidRDefault="008D6BED" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C0DA224" w14:textId="77777777" w:rsidR="00E44FFB" w:rsidRPr="00D2521B" w:rsidRDefault="00E44FFB" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2271CE95" w14:textId="77777777" w:rsidR="008D6BED" w:rsidRPr="00D2521B" w:rsidRDefault="008D6BED" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="07030394" w14:textId="77777777" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
+    <w:p w14:paraId="25928689" w14:textId="77777777" w:rsidR="0021498C" w:rsidRDefault="0021498C" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06FE8B7E" w14:textId="77777777" w:rsidR="0021498C" w:rsidRDefault="0021498C" w:rsidP="00EE5695">
+    <w:p w14:paraId="571024AA" w14:textId="6F68E127" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...34 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>What is the purpose of the project</w:t>
       </w:r>
       <w:r w:rsidR="00832119">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00832119" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>event</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -3969,61 +3982,50 @@
           </w:p>
           <w:p w14:paraId="0D534870" w14:textId="77777777" w:rsidR="0009329B" w:rsidRPr="00D2521B" w:rsidRDefault="0009329B" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66EE62DF" w14:textId="31A1E79B" w:rsidR="0009329B" w:rsidRPr="00D2521B" w:rsidRDefault="0009329B" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1819029B" w14:textId="77777777" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="757BE219" w14:textId="77777777" w:rsidR="00391D36" w:rsidRDefault="00391D36" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1285A910" w14:textId="53FEEAA0" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00F03AB6" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>How will the project or event help develop a sense of community within the City of Nedlands?</w:t>
@@ -4085,65 +4087,83 @@
           </w:p>
           <w:p w14:paraId="67DBB3B7" w14:textId="77777777" w:rsidR="0009329B" w:rsidRPr="00D2521B" w:rsidRDefault="0009329B" w:rsidP="00EE5695">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D0998A2" w14:textId="77777777" w:rsidR="00D25DCA" w:rsidRDefault="00D25DCA" w:rsidP="00391D36">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A57FBC5" w14:textId="5931229C" w:rsidR="00F03AB6" w:rsidRPr="00D25DCA" w:rsidRDefault="00F03AB6" w:rsidP="00391D36">
+    <w:p w14:paraId="596CC2E7" w14:textId="77777777" w:rsidR="003326CA" w:rsidRDefault="003326CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A57FBC5" w14:textId="31E2809D" w:rsidR="00F03AB6" w:rsidRPr="00D25DCA" w:rsidRDefault="00F03AB6" w:rsidP="00391D36">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D25DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If the project or event is aimed specifically at benefiting people with disabilities and/or their </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D25DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>carers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D25DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, please explain how it will do so. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -4368,57 +4388,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B84E0D" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003704B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4443,57 +4463,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003704B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4559,57 +4579,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003704B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4672,160 +4692,169 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003704B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00810D88" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C93FE7F" w14:textId="77777777" w:rsidR="00154D33" w:rsidRPr="00D2521B" w:rsidRDefault="00154D33" w:rsidP="00EE5695">
+    <w:p w14:paraId="4C93FE7F" w14:textId="77777777" w:rsidR="00154D33" w:rsidRDefault="00154D33" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="31C27D26" w14:textId="77777777" w:rsidR="00DC6B54" w:rsidRPr="00D2521B" w:rsidRDefault="00DC6B54" w:rsidP="00EE5695">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0AB1F66D" w14:textId="68BC5220" w:rsidR="001F333E" w:rsidRPr="00D2521B" w:rsidRDefault="007E38BD" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Is</w:t>
       </w:r>
       <w:r w:rsidR="00154D33" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your project or event aimed at fundraising?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4122D0A8" w14:textId="10463F32" w:rsidR="00EA0E62" w:rsidRPr="00D2521B" w:rsidRDefault="00154D33" w:rsidP="00EA0E62">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00874F02" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003704B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4874,57 +4903,57 @@
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...5 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003704B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4936,66 +4965,86 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FF7819" w14:textId="77777777" w:rsidR="00154D33" w:rsidRPr="00D2521B" w:rsidRDefault="00154D33" w:rsidP="00EE5695">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B7F1A1A" w14:textId="77777777" w:rsidR="0021498C" w:rsidRPr="00D2521B" w:rsidRDefault="0021498C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69A0590E" w14:textId="2A4FC334" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00D915A5" w:rsidP="000146EB">
+    <w:p w14:paraId="4771087C" w14:textId="77777777" w:rsidR="003326CA" w:rsidRDefault="003326CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D2521B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A0590E" w14:textId="3C7DF6C7" w:rsidR="00F03AB6" w:rsidRPr="00D2521B" w:rsidRDefault="00D915A5" w:rsidP="000146EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part 5: </w:t>
       </w:r>
       <w:r w:rsidR="00152D05" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Budget i</w:t>
       </w:r>
       <w:r w:rsidR="007428D5" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nformation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A69702B" w14:textId="77777777" w:rsidR="00D915A5" w:rsidRPr="00D2521B" w:rsidRDefault="00D915A5" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -5071,111 +5120,101 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="282B1FA4" w14:textId="77777777" w:rsidR="0075605F" w:rsidRPr="00D2521B" w:rsidRDefault="0075605F" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58F59D00" w14:textId="6B715054" w:rsidR="0075605F" w:rsidRPr="00D2521B" w:rsidRDefault="0075605F" w:rsidP="00EE5695">
+    <w:p w14:paraId="101F2C40" w14:textId="03FB36BA" w:rsidR="00D915A5" w:rsidRPr="00D2521B" w:rsidRDefault="0075605F" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How much will your group or </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be contributing? </w:t>
       </w:r>
       <w:r w:rsidR="007357F6" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="42CE2CC0" w14:textId="77777777" w:rsidR="00D915A5" w:rsidRPr="00D2521B" w:rsidRDefault="00D915A5" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A92E42F" w14:textId="5F09B7E6" w:rsidR="006C5077" w:rsidRPr="00D2521B" w:rsidRDefault="006C5077" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5518,60 +5557,50 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1173EE82" w14:textId="77777777" w:rsidR="006C5077" w:rsidRPr="00D2521B" w:rsidRDefault="006C5077" w:rsidP="00EE5695">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36BDC798" w14:textId="77777777" w:rsidR="009918E2" w:rsidRPr="00D2521B" w:rsidRDefault="009918E2" w:rsidP="00EE5695">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6AA14ECD" w14:textId="77777777" w:rsidR="006C5077" w:rsidRPr="00D2521B" w:rsidRDefault="006C5077" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7083"/>
         <w:gridCol w:w="1933"/>
       </w:tblGrid>
       <w:tr w:rsidR="006C5077" w:rsidRPr="00D2521B" w14:paraId="07FEEBAE" w14:textId="77777777" w:rsidTr="00F32022">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7083" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
@@ -5761,82 +5790,50 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A5A8659" w14:textId="77777777" w:rsidR="00152D05" w:rsidRPr="00D2521B" w:rsidRDefault="00152D05" w:rsidP="00EE5695">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C5077" w:rsidRPr="00D2521B" w14:paraId="7927482F" w14:textId="77777777" w:rsidTr="006C5077">
-[...30 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="006C5077" w:rsidRPr="00D2521B" w14:paraId="0EA0E077" w14:textId="77777777" w:rsidTr="006C5077">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7083" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73091C0C" w14:textId="5C5AD906" w:rsidR="006C5077" w:rsidRPr="00D2521B" w:rsidRDefault="006C5077" w:rsidP="003F38A3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F85E4A2" w14:textId="77777777" w:rsidR="006C5077" w:rsidRPr="00D2521B" w:rsidRDefault="006C5077" w:rsidP="00EE5695">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5877,89 +5874,78 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DA6AA5E" w14:textId="77777777" w:rsidR="006C5077" w:rsidRPr="00D2521B" w:rsidRDefault="006C5077" w:rsidP="00EE5695">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56568D31" w14:textId="77777777" w:rsidR="00E924EA" w:rsidRPr="00D2521B" w:rsidRDefault="00E924EA" w:rsidP="00EE5695">
-[...9 lines deleted...]
-    <w:p w14:paraId="20EB3899" w14:textId="77777777" w:rsidR="0021498C" w:rsidRDefault="0021498C" w:rsidP="00EE5695">
+    <w:p w14:paraId="14F3C669" w14:textId="77777777" w:rsidR="00DC6B54" w:rsidRDefault="00DC6B54" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19497690" w14:textId="0D58C0DB" w:rsidR="009918E2" w:rsidRPr="00D2521B" w:rsidRDefault="006C0270" w:rsidP="00EE5695">
+    <w:p w14:paraId="19497690" w14:textId="1BF3D3BD" w:rsidR="009918E2" w:rsidRPr="00D2521B" w:rsidRDefault="006C0270" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Part 6: Publicity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3808CA8A" w14:textId="77777777" w:rsidR="0021498C" w:rsidRPr="00D2521B" w:rsidRDefault="0021498C" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="324FD5E1" w14:textId="153956C4" w:rsidR="009918E2" w:rsidRPr="00D2521B" w:rsidRDefault="006C0270" w:rsidP="00EE5695">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6014,58 +6000,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006C0270" w:rsidRPr="00D2521B">
         <w:rPr>
@@ -6089,151 +6075,133 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006C0270" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Letter </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> drop</w:t>
+        <w:t>Letter box drop</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0524EA" w14:textId="4644D3BA" w:rsidR="006C0270" w:rsidRPr="00D2521B" w:rsidRDefault="00EF3B24" w:rsidP="00EF3B24">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006C0270" w:rsidRPr="00D2521B">
         <w:rPr>
@@ -6257,58 +6225,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>City of Nedlands events calendar</w:t>
       </w:r>
       <w:r w:rsidR="00B91F30" w:rsidRPr="00D2521B">
@@ -6333,58 +6301,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...6 lines deleted...]
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006C0270" w:rsidRPr="00D2521B">
         <w:rPr>
@@ -6413,70 +6381,90 @@
         <w:t>_________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00EF3B24" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AFEB6B" w14:textId="77777777" w:rsidR="0021498C" w:rsidRDefault="0021498C" w:rsidP="00BF1C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E00734E" w14:textId="640039A2" w:rsidR="00867E66" w:rsidRPr="00D2521B" w:rsidRDefault="00B84E0D" w:rsidP="00BF1C5D">
+    <w:p w14:paraId="58235D6F" w14:textId="77777777" w:rsidR="000776A3" w:rsidRDefault="000776A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E00734E" w14:textId="65BE7F37" w:rsidR="00867E66" w:rsidRPr="00D2521B" w:rsidRDefault="00B84E0D" w:rsidP="00BF1C5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part 7: </w:t>
       </w:r>
       <w:r w:rsidR="00B0708B" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Terms &amp; Conditions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="733CAC41" w14:textId="272845FB" w:rsidR="00BF1C5D" w:rsidRPr="00D2521B" w:rsidRDefault="00552A5A" w:rsidP="00552A5A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
@@ -6607,52 +6595,61 @@
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> positive impact on the local community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A53D8A5" w14:textId="427E29F8" w:rsidR="00087E77" w:rsidRPr="00D2521B" w:rsidRDefault="00087E77" w:rsidP="00087E77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Grant funds must be spent on the agreed purpose</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Grant funds must be spent on the agreed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>purpose</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00835C2C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="007546B2" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>any unexp</w:t>
       </w:r>
       <w:r w:rsidR="007B6125" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ended funds must be </w:t>
       </w:r>
       <w:r w:rsidR="002A510A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -6851,59 +6848,57 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A2486C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>organisers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A2486C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> must </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000B0518" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>acquit</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A2486C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> their grant within three months of c</w:t>
       </w:r>
       <w:r w:rsidR="002B3C09" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>ompletion of the event or project, pro</w:t>
       </w:r>
       <w:r w:rsidR="00C73B1E" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>viding financial information as required by the City of Nedlan</w:t>
       </w:r>
       <w:r w:rsidR="0061546C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -6917,119 +6912,148 @@
         </w:rPr>
         <w:t>pre</w:t>
       </w:r>
       <w:r w:rsidR="00175C3C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">vious </w:t>
       </w:r>
       <w:r w:rsidR="0061546C" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">grants that have not </w:t>
       </w:r>
       <w:r w:rsidR="00F75D4E" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">been acquitted will not be eligible for further grants. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30853CBB" w14:textId="24E4776C" w:rsidR="00F75D4E" w:rsidRPr="00D2521B" w:rsidRDefault="00F75D4E" w:rsidP="00087E77">
+    <w:p w14:paraId="30853CBB" w14:textId="24E4776C" w:rsidR="00F75D4E" w:rsidRDefault="00F75D4E" w:rsidP="00087E77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>An ap</w:t>
       </w:r>
       <w:r w:rsidR="000D7712" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">plicant will be eligible for only one grant per financial year. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340592C6" w14:textId="22225E72" w:rsidR="0021498C" w:rsidRDefault="00785B05" w:rsidP="000146EB">
+    <w:p w14:paraId="024D0485" w14:textId="58CF8882" w:rsidR="00000771" w:rsidRPr="00D2521B" w:rsidRDefault="00000771" w:rsidP="00087E77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Receiving</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A1147D" w:rsidRPr="00D2521B">
+      </w:pPr>
+      <w:r w:rsidRPr="00000771">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a grant does not imply ex</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC2F02" w:rsidRPr="00D2521B">
+        <w:t>Applicants are obligated to contribute matching funds equal to the grant amount sought, except where the City of Nedlands has provided written approval for a different arrangement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340592C6" w14:textId="22225E72" w:rsidR="0021498C" w:rsidRDefault="00785B05" w:rsidP="000146EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:t>Receiving</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1147D" w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a grant does not imply ex</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2F02" w:rsidRPr="00D2521B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">ternal event approval. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DAB31E3" w14:textId="6A3574A4" w:rsidR="00741CC0" w:rsidRPr="00D44909" w:rsidRDefault="00285748" w:rsidP="00D44909">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00D2521B">
+    <w:p w14:paraId="7DAB31E3" w14:textId="3398C6CC" w:rsidR="00741CC0" w:rsidRPr="00D44909" w:rsidRDefault="00000771" w:rsidP="00D44909">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00285748" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:r w:rsidR="00D32E38" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>accept the</w:t>
       </w:r>
       <w:r w:rsidR="00995DEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00995DEA" w:rsidRPr="00D2521B">
         <w:rPr>
@@ -7140,86 +7164,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Position</w:t>
       </w:r>
       <w:r w:rsidR="00741CC0" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="014DD228" w14:textId="77777777" w:rsidR="00741CC0" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00741CC0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D05A5AC" w14:textId="77777777" w:rsidR="00F50C55" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00DB6722">
+    <w:p w14:paraId="2183FEB5" w14:textId="4C88DEAF" w:rsidR="00741CC0" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00F50C55">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Signature __________________________________________________</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t>Signature _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="003326CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date_________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCF25BE" w14:textId="77777777" w:rsidR="00741CC0" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00741CC0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28E7D403" w14:textId="77777777" w:rsidR="00741CC0" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00741CC0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-851"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7276,127 +7287,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Position</w:t>
       </w:r>
       <w:r w:rsidR="00741CC0" w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D84953E" w14:textId="77777777" w:rsidR="00741CC0" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00741CC0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E418DC1" w14:textId="77777777" w:rsidR="00F50C55" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00F50C55">
+    <w:p w14:paraId="225E52A0" w14:textId="0B3E28AE" w:rsidR="00741CC0" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="00F50C55">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-851" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Signature __________________________________________________</w:t>
-[...60 lines deleted...]
-      </w:pPr>
+        <w:t>Signature ______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="003326CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______   </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D2521B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date_________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1F977A" w14:textId="77777777" w:rsidR="00741CC0" w:rsidRPr="00D2521B" w:rsidRDefault="00741CC0" w:rsidP="0060747A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1521455F" w14:textId="1498128D" w:rsidR="0060747A" w:rsidRPr="00D2521B" w:rsidRDefault="0060747A" w:rsidP="00F50C55">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -7556,138 +7514,154 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000D5616" w:rsidRPr="00D2521B" w:rsidSect="00265F14">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="457FB864" w14:textId="77777777" w:rsidR="00601815" w:rsidRDefault="00601815" w:rsidP="00742332">
+    <w:p w14:paraId="772F01F0" w14:textId="77777777" w:rsidR="00431D47" w:rsidRDefault="00431D47" w:rsidP="00742332">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B0D8E0B" w14:textId="77777777" w:rsidR="00601815" w:rsidRDefault="00601815" w:rsidP="00742332">
+    <w:p w14:paraId="4517EA63" w14:textId="77777777" w:rsidR="00431D47" w:rsidRDefault="00431D47" w:rsidP="00742332">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="705D5C34" w14:textId="33E9671A" w:rsidR="00742332" w:rsidRDefault="00375A10" w:rsidP="00742332">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-851" w:right="-613"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46256CDC" wp14:editId="109E1575">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-96952</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7776434" cy="685800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
@@ -7725,51 +7699,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4AB42F3F" w14:textId="02772276" w:rsidR="00265F14" w:rsidRDefault="00375A10" w:rsidP="00265F14">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:left="-851" w:right="-755"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21078525" wp14:editId="60A9B78F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-96952</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7776434" cy="685800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
@@ -7807,70 +7781,70 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="105CFF04" w14:textId="77777777" w:rsidR="00601815" w:rsidRDefault="00601815" w:rsidP="00742332">
+    <w:p w14:paraId="64CB67E4" w14:textId="77777777" w:rsidR="00431D47" w:rsidRDefault="00431D47" w:rsidP="00742332">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2988FB29" w14:textId="77777777" w:rsidR="00601815" w:rsidRDefault="00601815" w:rsidP="00742332">
+    <w:p w14:paraId="1D91C4CC" w14:textId="77777777" w:rsidR="00431D47" w:rsidRDefault="00431D47" w:rsidP="00742332">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32477CC9" w14:textId="11F17E84" w:rsidR="00742332" w:rsidRDefault="00214638" w:rsidP="00265F14">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:ind w:left="-851" w:right="-755"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A7E45A3" wp14:editId="2BBF1E5A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>-853643</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>38100</wp:posOffset>
@@ -8341,51 +8315,51 @@
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="7B8B0B4D" w14:textId="506D86F0" w:rsidR="00742332" w:rsidRDefault="00214638" w:rsidP="000146EB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1180"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F502431" w14:textId="2789F621" w:rsidR="00265F14" w:rsidRDefault="00F17E4E" w:rsidP="00265F14">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-851"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0660B8AF" wp14:editId="024FC15A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>-710119</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>50503</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4094921" cy="445135"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="500452923" name="Text Box 1"/>
@@ -8841,51 +8815,51 @@
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                         <w:lang w:val="en-AU"/>
                       </w:rPr>
                       <w:t>orm</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="50893E5F" w14:textId="77777777" w:rsidR="00265F14" w:rsidRDefault="00265F14" w:rsidP="00265F14">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-851"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="061F081D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBFC3AB8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10685,171 +10659,178 @@
   <w:num w:numId="11" w16cid:durableId="3627723">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2111974884">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1763377154">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="902520293">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1366249473">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="770514544">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="269703101">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="98"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0070343F"/>
+    <w:rsid w:val="00000771"/>
     <w:rsid w:val="000146EB"/>
     <w:rsid w:val="0002181B"/>
     <w:rsid w:val="00025F61"/>
     <w:rsid w:val="0004374E"/>
     <w:rsid w:val="00052ADF"/>
     <w:rsid w:val="00055A68"/>
     <w:rsid w:val="000566B3"/>
     <w:rsid w:val="00056AD8"/>
+    <w:rsid w:val="000776A3"/>
     <w:rsid w:val="00084183"/>
     <w:rsid w:val="00087E77"/>
     <w:rsid w:val="0009329B"/>
     <w:rsid w:val="00094992"/>
     <w:rsid w:val="000B0518"/>
     <w:rsid w:val="000C48C3"/>
     <w:rsid w:val="000D5616"/>
     <w:rsid w:val="000D6A90"/>
     <w:rsid w:val="000D7712"/>
     <w:rsid w:val="000F5F5B"/>
     <w:rsid w:val="00100FF5"/>
     <w:rsid w:val="001010CA"/>
     <w:rsid w:val="001265FE"/>
     <w:rsid w:val="00152D05"/>
     <w:rsid w:val="001547FB"/>
     <w:rsid w:val="00154D33"/>
     <w:rsid w:val="001672F4"/>
     <w:rsid w:val="00170ED3"/>
     <w:rsid w:val="00175C3C"/>
     <w:rsid w:val="00184371"/>
     <w:rsid w:val="0019424C"/>
     <w:rsid w:val="001B3655"/>
     <w:rsid w:val="001D55B7"/>
     <w:rsid w:val="001E4655"/>
     <w:rsid w:val="001F333E"/>
     <w:rsid w:val="001F7A95"/>
     <w:rsid w:val="00214638"/>
     <w:rsid w:val="0021498C"/>
     <w:rsid w:val="0021576B"/>
     <w:rsid w:val="00215DE1"/>
     <w:rsid w:val="00240449"/>
     <w:rsid w:val="0025405C"/>
     <w:rsid w:val="00265F14"/>
     <w:rsid w:val="00266015"/>
     <w:rsid w:val="00285748"/>
     <w:rsid w:val="00286491"/>
     <w:rsid w:val="002A510A"/>
     <w:rsid w:val="002B3C09"/>
+    <w:rsid w:val="002C3528"/>
     <w:rsid w:val="002C3DCE"/>
     <w:rsid w:val="002D2C15"/>
     <w:rsid w:val="003102C2"/>
     <w:rsid w:val="003168AF"/>
     <w:rsid w:val="0032416B"/>
+    <w:rsid w:val="003326CA"/>
     <w:rsid w:val="003539C5"/>
     <w:rsid w:val="00363AE0"/>
     <w:rsid w:val="003704B9"/>
     <w:rsid w:val="00375A10"/>
     <w:rsid w:val="00376312"/>
     <w:rsid w:val="0037672D"/>
     <w:rsid w:val="00384943"/>
     <w:rsid w:val="003868F8"/>
     <w:rsid w:val="00391D36"/>
     <w:rsid w:val="00393AD0"/>
     <w:rsid w:val="003A134C"/>
     <w:rsid w:val="003A2450"/>
     <w:rsid w:val="003B006E"/>
     <w:rsid w:val="003B050A"/>
     <w:rsid w:val="003B78BC"/>
     <w:rsid w:val="003D482D"/>
     <w:rsid w:val="003D4F5D"/>
     <w:rsid w:val="003D69F7"/>
     <w:rsid w:val="003E7893"/>
     <w:rsid w:val="003F38A3"/>
+    <w:rsid w:val="00431D47"/>
     <w:rsid w:val="00451C07"/>
     <w:rsid w:val="004535AA"/>
+    <w:rsid w:val="00455001"/>
     <w:rsid w:val="004556A0"/>
     <w:rsid w:val="004600BE"/>
     <w:rsid w:val="004618CD"/>
     <w:rsid w:val="00476BA0"/>
     <w:rsid w:val="00486C3E"/>
     <w:rsid w:val="004970B4"/>
     <w:rsid w:val="004B21FB"/>
     <w:rsid w:val="004D346A"/>
     <w:rsid w:val="004E2E40"/>
     <w:rsid w:val="004E518C"/>
     <w:rsid w:val="004F6416"/>
     <w:rsid w:val="004F6A18"/>
     <w:rsid w:val="004F7133"/>
     <w:rsid w:val="00531800"/>
     <w:rsid w:val="005435D4"/>
     <w:rsid w:val="00552A5A"/>
     <w:rsid w:val="00553E71"/>
     <w:rsid w:val="00560CAE"/>
     <w:rsid w:val="005740B2"/>
     <w:rsid w:val="00586556"/>
+    <w:rsid w:val="005B722A"/>
     <w:rsid w:val="005C6985"/>
     <w:rsid w:val="00601815"/>
     <w:rsid w:val="0060747A"/>
     <w:rsid w:val="00612E1F"/>
     <w:rsid w:val="0061546C"/>
     <w:rsid w:val="0062449D"/>
     <w:rsid w:val="006279BC"/>
     <w:rsid w:val="00646983"/>
     <w:rsid w:val="00657C00"/>
     <w:rsid w:val="006730E7"/>
     <w:rsid w:val="00692F86"/>
     <w:rsid w:val="006A208B"/>
     <w:rsid w:val="006B03CF"/>
     <w:rsid w:val="006B13B3"/>
     <w:rsid w:val="006B4026"/>
     <w:rsid w:val="006B5DC8"/>
     <w:rsid w:val="006C0270"/>
     <w:rsid w:val="006C5077"/>
     <w:rsid w:val="006C5F8B"/>
     <w:rsid w:val="006C6FF8"/>
     <w:rsid w:val="006D1152"/>
     <w:rsid w:val="006D3371"/>
     <w:rsid w:val="006F7255"/>
     <w:rsid w:val="007013EC"/>
     <w:rsid w:val="0070343F"/>
@@ -10913,181 +10894,188 @@
     <w:rsid w:val="009918E2"/>
     <w:rsid w:val="00993949"/>
     <w:rsid w:val="00995DEA"/>
     <w:rsid w:val="009B1334"/>
     <w:rsid w:val="009B1893"/>
     <w:rsid w:val="009E0D68"/>
     <w:rsid w:val="009F0554"/>
     <w:rsid w:val="009F1842"/>
     <w:rsid w:val="009F5B08"/>
     <w:rsid w:val="00A1147D"/>
     <w:rsid w:val="00A2486C"/>
     <w:rsid w:val="00A30433"/>
     <w:rsid w:val="00A3449F"/>
     <w:rsid w:val="00A3518B"/>
     <w:rsid w:val="00A47140"/>
     <w:rsid w:val="00A4797F"/>
     <w:rsid w:val="00A7434C"/>
     <w:rsid w:val="00A85151"/>
     <w:rsid w:val="00AA49E5"/>
     <w:rsid w:val="00AB3AB1"/>
     <w:rsid w:val="00AC772D"/>
     <w:rsid w:val="00AD6508"/>
     <w:rsid w:val="00AE4276"/>
     <w:rsid w:val="00AE613B"/>
     <w:rsid w:val="00AE7013"/>
+    <w:rsid w:val="00AF0EAD"/>
     <w:rsid w:val="00B05A0E"/>
     <w:rsid w:val="00B0708B"/>
     <w:rsid w:val="00B30701"/>
     <w:rsid w:val="00B310D9"/>
     <w:rsid w:val="00B36BEA"/>
     <w:rsid w:val="00B543F2"/>
     <w:rsid w:val="00B55833"/>
     <w:rsid w:val="00B7352C"/>
     <w:rsid w:val="00B84E0D"/>
     <w:rsid w:val="00B854FB"/>
     <w:rsid w:val="00B91F30"/>
     <w:rsid w:val="00B92727"/>
     <w:rsid w:val="00BA4AEB"/>
     <w:rsid w:val="00BA5C64"/>
     <w:rsid w:val="00BD204D"/>
     <w:rsid w:val="00BD21E8"/>
     <w:rsid w:val="00BD7401"/>
     <w:rsid w:val="00BE18E5"/>
     <w:rsid w:val="00BF1C5D"/>
     <w:rsid w:val="00BF2CC9"/>
     <w:rsid w:val="00C059F3"/>
     <w:rsid w:val="00C227DB"/>
+    <w:rsid w:val="00C30AAC"/>
     <w:rsid w:val="00C33D95"/>
     <w:rsid w:val="00C46480"/>
     <w:rsid w:val="00C73B1E"/>
     <w:rsid w:val="00C73CFA"/>
+    <w:rsid w:val="00C9197C"/>
     <w:rsid w:val="00C926EC"/>
     <w:rsid w:val="00C975C3"/>
     <w:rsid w:val="00CA2542"/>
     <w:rsid w:val="00CB4C27"/>
     <w:rsid w:val="00CB6CBA"/>
     <w:rsid w:val="00CC5FE9"/>
     <w:rsid w:val="00CD540F"/>
     <w:rsid w:val="00CE0004"/>
     <w:rsid w:val="00CF3910"/>
     <w:rsid w:val="00D01441"/>
     <w:rsid w:val="00D022B4"/>
     <w:rsid w:val="00D205C0"/>
     <w:rsid w:val="00D2521B"/>
     <w:rsid w:val="00D25DCA"/>
     <w:rsid w:val="00D266C3"/>
     <w:rsid w:val="00D3011E"/>
     <w:rsid w:val="00D32E38"/>
     <w:rsid w:val="00D332DE"/>
     <w:rsid w:val="00D44909"/>
     <w:rsid w:val="00D55687"/>
     <w:rsid w:val="00D75961"/>
     <w:rsid w:val="00D8069B"/>
     <w:rsid w:val="00D87FE4"/>
     <w:rsid w:val="00D915A5"/>
     <w:rsid w:val="00DA493B"/>
     <w:rsid w:val="00DA55B5"/>
     <w:rsid w:val="00DA7857"/>
     <w:rsid w:val="00DB3176"/>
     <w:rsid w:val="00DB6722"/>
     <w:rsid w:val="00DC0FBC"/>
     <w:rsid w:val="00DC2F02"/>
     <w:rsid w:val="00DC4BA0"/>
     <w:rsid w:val="00DC4F66"/>
+    <w:rsid w:val="00DC6B54"/>
     <w:rsid w:val="00DC7490"/>
     <w:rsid w:val="00DE5C11"/>
     <w:rsid w:val="00DF095A"/>
     <w:rsid w:val="00E24477"/>
     <w:rsid w:val="00E25024"/>
     <w:rsid w:val="00E31542"/>
     <w:rsid w:val="00E44FFB"/>
     <w:rsid w:val="00E56261"/>
     <w:rsid w:val="00E6509F"/>
     <w:rsid w:val="00E72166"/>
     <w:rsid w:val="00E92441"/>
     <w:rsid w:val="00E924EA"/>
     <w:rsid w:val="00E93E51"/>
     <w:rsid w:val="00EA0E62"/>
     <w:rsid w:val="00EA5607"/>
     <w:rsid w:val="00EE5695"/>
     <w:rsid w:val="00EF124C"/>
     <w:rsid w:val="00EF3B24"/>
     <w:rsid w:val="00F03AB6"/>
     <w:rsid w:val="00F1025F"/>
     <w:rsid w:val="00F17E4E"/>
     <w:rsid w:val="00F279C2"/>
     <w:rsid w:val="00F32022"/>
     <w:rsid w:val="00F4077C"/>
     <w:rsid w:val="00F50C55"/>
     <w:rsid w:val="00F52137"/>
     <w:rsid w:val="00F52E11"/>
     <w:rsid w:val="00F56549"/>
     <w:rsid w:val="00F603FC"/>
     <w:rsid w:val="00F62B3B"/>
     <w:rsid w:val="00F71318"/>
     <w:rsid w:val="00F72301"/>
     <w:rsid w:val="00F744D8"/>
     <w:rsid w:val="00F75D4E"/>
     <w:rsid w:val="00FB0B1C"/>
     <w:rsid w:val="00FB648D"/>
     <w:rsid w:val="00FB77A7"/>
+    <w:rsid w:val="00FD295F"/>
     <w:rsid w:val="00FF0966"/>
     <w:rsid w:val="00FF2813"/>
     <w:rsid w:val="00FF48F5"/>
     <w:rsid w:val="00FF6E33"/>
+    <w:rsid w:val="1DB0E1C2"/>
+    <w:rsid w:val="75C4F9EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5A4B1F51"/>
   <w15:docId w15:val="{7187E48D-4512-44DD-8796-D6C7C6A69702}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11434,51 +11422,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0070343F"/>
+    <w:rsid w:val="00000771"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00CC5FE9"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="2410"/>
         <w:tab w:val="left" w:pos="2977"/>
         <w:tab w:val="right" w:pos="8335"/>
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
@@ -12104,51 +12092,51 @@
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00586556"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003102C2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:commdev@nedlands.wa.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -12433,50 +12421,188 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">COMMUNITY-101306793-38729</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Url>https://nedlands365.sharepoint.com/sites/community/communications/_layouts/15/DocIdRedir.aspx?ID=COMMUNITY-101306793-38729</Url>
+      <Description>COMMUNITY-101306793-38729</Description>
+    </_dlc_DocIdUrl>
+    <b73ede9528844b4dac4ca2ed79a068d8 xmlns="a4569545-3f5c-4d76-b5ef-e21c01e673e6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">City of Nedlands</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">e1cb6260-fbdb-4707-a83e-0c933e524b72</TermId>
+        </TermInfo>
+      </Terms>
+    </b73ede9528844b4dac4ca2ed79a068d8>
+    <l5218a67820a405eab41420940e22386 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Communications</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</TermId>
+        </TermInfo>
+      </Terms>
+    </l5218a67820a405eab41420940e22386>
+    <TaxCatchAll xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Value>20</Value>
+      <Value>40</Value>
+      <Value>22</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <eDMS_x0020_Library xmlns="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd">Marketing</eDMS_x0020_Library>
+    <V3Comments xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Additional_x0020_Info xmlns="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd">Community Grants -Application Form</Additional_x0020_Info>
+    <c17adc3306e5490dbb62a9b09578c603 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Community Relations</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">00c33994-667c-4fea-8cff-18d8a788bccc</TermId>
+        </TermInfo>
+      </Terms>
+    </c17adc3306e5490dbb62a9b09578c603>
+    <i1b3c855753b482e967e07bcf98e63b6 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Marketing</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ab9aa8f8-a547-449a-a50a-7f6d3aef1950</TermId>
+        </TermInfo>
+      </Terms>
+    </i1b3c855753b482e967e07bcf98e63b6>
+    <j6438741ad114f2786113428657618e6 xmlns="82dc8473-40ba-4f11-b935-f34260e482de">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </j6438741ad114f2786113428657618e6>
+    <Marketing_x0020__x002d__x0020_Folder_x0020_Delete xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Marketing_x0020__x002d__x0020_Folder_x0020_Delete>
+    <Change_x0020_Notification_x0020_and_x0020_Logging xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Change_x0020_Notification_x0020_and_x0020_Logging>
+    <Expended_x0020_Time xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Expended_x0020_Time>
+    <Marketing_x0020__x002d__x0020_Time_x0020_Utilisation xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Marketing_x0020__x002d__x0020_Time_x0020_Utilisation>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="eDMS Document" ma:contentTypeID="0x010100DBE2AFA49EAD6847BCAE523F8D149C8E00DBB35E1E18050F4EA693EF54166CEE1B" ma:contentTypeVersion="542" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="7a3e5aa5349f98b1821c248465e4360c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd" xmlns:ns3="a4569545-3f5c-4d76-b5ef-e21c01e673e6" xmlns:ns4="02b462e0-950b-4d18-8f56-efe6ec8fd98e" xmlns:ns5="82dc8473-40ba-4f11-b935-f34260e482de" xmlns:ns6="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e" xmlns:ns7="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88d847d424f49524f4f693bab70b9d78" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
     <xsd:import namespace="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
     <xsd:import namespace="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
     <xsd:import namespace="82dc8473-40ba-4f11-b935-f34260e482de"/>
     <xsd:import namespace="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e"/>
     <xsd:import namespace="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Additional_x0020_Info" minOccurs="0"/>
                 <xsd:element ref="ns2:eDMS_x0020_Library" minOccurs="0"/>
                 <xsd:element ref="ns1:V3Comments" minOccurs="0"/>
                 <xsd:element ref="ns4:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns4:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns4:l5218a67820a405eab41420940e22386" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:c17adc3306e5490dbb62a9b09578c603" minOccurs="0"/>
                 <xsd:element ref="ns4:i1b3c855753b482e967e07bcf98e63b6" minOccurs="0"/>
@@ -12863,314 +12989,185 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...71 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{780C7405-2A55-49F1-AD72-830008C5A296}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8CB754C-206D-4507-9373-1D3D17E2E66B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36C4F9A5-393D-4CEA-8338-6FFB27CBA89E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52320D3E-FA71-4AD5-BA39-FA50ABD6F704}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
+    <ds:schemaRef ds:uri="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
+    <ds:schemaRef ds:uri="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="82dc8473-40ba-4f11-b935-f34260e482de"/>
+    <ds:schemaRef ds:uri="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F5C0092-4BDD-4049-A930-A26216112CA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
     <ds:schemaRef ds:uri="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
     <ds:schemaRef ds:uri="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
     <ds:schemaRef ds:uri="82dc8473-40ba-4f11-b935-f34260e482de"/>
     <ds:schemaRef ds:uri="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e"/>
     <ds:schemaRef ds:uri="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>5746</Characters>
+  <Pages>8</Pages>
+  <Words>992</Words>
+  <Characters>5903</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>327</Lines>
+  <Paragraphs>156</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Community Grants -Application Form</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Nedlands</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6741</CharactersWithSpaces>
+  <CharactersWithSpaces>6739</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>bmhuineachain</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DBE2AFA49EAD6847BCAE523F8D149C8E00DBB35E1E18050F4EA693EF54166CEE1B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>1d55331d-98f8-4c3b-bd71-a1f0f98df204</vt:lpwstr>
+    <vt:lpwstr>c7753dcf-1538-43ea-92c2-9de5a8d34e6c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Document Set Status">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Entity">
-    <vt:lpwstr>1</vt:lpwstr>
+    <vt:lpwstr>1;#City of Nedlands|e1cb6260-fbdb-4707-a83e-0c933e524b72</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Activity">
-    <vt:lpwstr>40</vt:lpwstr>
+    <vt:lpwstr>40;#Marketing|ab9aa8f8-a547-449a-a50a-7f6d3aef1950</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DocumentSetDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="eDMS Site">
-    <vt:lpwstr>20</vt:lpwstr>
+    <vt:lpwstr>20;#Communications|d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Function">
-    <vt:lpwstr>22</vt:lpwstr>
+    <vt:lpwstr>22;#Community Relations|00c33994-667c-4fea-8cff-18d8a788bccc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_docset_NoMedatataSyncRequired">
-    <vt:lpwstr>True</vt:lpwstr>
+    <vt:lpwstr>False</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="document set status previous">
     <vt:lpwstr>Active</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="eDMS_x0020_Site">
+    <vt:lpwstr>20;#Communications|d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Subject_x0020_Matter">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Subject Matter">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>