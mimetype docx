--- v0 (2025-10-17)
+++ v1 (2026-02-22)
@@ -11,109 +11,91 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F9074B0" w14:textId="77777777" w:rsidR="007F277A" w:rsidRDefault="007F277A" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="643424BC" w14:textId="77777777" w:rsidR="007F277A" w:rsidRDefault="007F277A" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="142B5D8E" w14:textId="5A03F0A7" w:rsidR="00E778FC" w:rsidRDefault="00D31549" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Acquittal </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> due </w:t>
+        <w:t xml:space="preserve">Acquittal form due </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E778FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB0D19F" w14:textId="77777777" w:rsidR="00E778FC" w:rsidRPr="00E778FC" w:rsidRDefault="00E778FC" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1504,556 +1486,214 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where did y</w:t>
       </w:r>
       <w:r w:rsidR="00C50BEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ou hear about the City of Nedlands Youth Grants Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F20348" w14:textId="77777777" w:rsidR="00E778FC" w:rsidRDefault="00E778FC" w:rsidP="00B30B84">
+    <w:p w14:paraId="5257E5F9" w14:textId="2E736F5C" w:rsidR="00261EA9" w:rsidRPr="00C63765" w:rsidRDefault="00E778FC" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7374AE7B" w14:textId="77777777" w:rsidR="00E778FC" w:rsidRDefault="00E778FC" w:rsidP="00B30B84">
-[...425 lines deleted...]
-    <w:p w14:paraId="7FE4AA12" w14:textId="77777777" w:rsidR="00E778FC" w:rsidRDefault="00E778FC" w:rsidP="00B30B84">
+    <w:p w14:paraId="3415657B" w14:textId="77777777" w:rsidR="00261EA9" w:rsidRDefault="00261EA9" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54744261" w14:textId="77777777" w:rsidR="007F277A" w:rsidRDefault="007F277A" w:rsidP="00B30B84">
+    <w:p w14:paraId="6ADE9642" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A9839F2" w14:textId="77777777" w:rsidR="00261EA9" w:rsidRDefault="00261EA9" w:rsidP="00B30B84">
+    <w:p w14:paraId="7F0378EF" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5257E5F9" w14:textId="77777777" w:rsidR="00261EA9" w:rsidRDefault="00261EA9" w:rsidP="00B30B84">
+    <w:p w14:paraId="0E0F6D0D" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3415657B" w14:textId="77777777" w:rsidR="00261EA9" w:rsidRDefault="00261EA9" w:rsidP="00B30B84">
+    <w:p w14:paraId="5ADD0D81" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="025D5EB7" w14:textId="65E8EE93" w:rsidR="00BE742A" w:rsidRPr="00B30B84" w:rsidRDefault="00375D61" w:rsidP="00B30B84">
+    <w:p w14:paraId="78FD2B39" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20132C42" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78632E02" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="756AC0F0" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E828747" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6252C53D" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0181A9C7" w14:textId="77777777" w:rsidR="00C63765" w:rsidRDefault="00C63765" w:rsidP="00B30B84">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="025D5EB7" w14:textId="1C659E96" w:rsidR="00BE742A" w:rsidRPr="00B30B84" w:rsidRDefault="00375D61" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Declaration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="530754CB" w14:textId="77777777" w:rsidR="00E778FC" w:rsidRDefault="00E778FC" w:rsidP="00B30B84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2567,83 +2207,83 @@
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E778FC" w:rsidRPr="00B30B84" w:rsidSect="00665FC9">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="566" w:bottom="720" w:left="720" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="317EDF0D" w14:textId="77777777" w:rsidR="00EE3E71" w:rsidRDefault="00EE3E71" w:rsidP="008617F1">
+    <w:p w14:paraId="5875303D" w14:textId="77777777" w:rsidR="009C3D11" w:rsidRDefault="009C3D11" w:rsidP="008617F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="066FE280" w14:textId="77777777" w:rsidR="00EE3E71" w:rsidRDefault="00EE3E71" w:rsidP="008617F1">
+    <w:p w14:paraId="7E254830" w14:textId="77777777" w:rsidR="009C3D11" w:rsidRDefault="009C3D11" w:rsidP="008617F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79971831" w14:textId="77777777" w:rsidR="00EE3E71" w:rsidRDefault="00EE3E71">
+    <w:p w14:paraId="36D620DD" w14:textId="77777777" w:rsidR="009C3D11" w:rsidRDefault="009C3D11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2667,51 +2307,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1AF219D1" w14:textId="15D16322" w:rsidR="00204941" w:rsidRDefault="00204941" w:rsidP="00665FC9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2589"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C9FE286" wp14:editId="678B2E22">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-213995</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-514147</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7776434" cy="685800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
@@ -2752,51 +2392,51 @@
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00A2C158" w14:textId="62480D69" w:rsidR="00221251" w:rsidRDefault="00204941">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13E19105" wp14:editId="247C98D1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-57785</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-524307</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7776434" cy="685800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="10" name="Picture 10" descr="\\admprofiles01\desktop$\fchesterman\desktop\CoN_footer_final.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2829,83 +2469,83 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3861F68E" w14:textId="77777777" w:rsidR="00EE3E71" w:rsidRDefault="00EE3E71" w:rsidP="008617F1">
+    <w:p w14:paraId="66CAF805" w14:textId="77777777" w:rsidR="009C3D11" w:rsidRDefault="009C3D11" w:rsidP="008617F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="279B39A9" w14:textId="77777777" w:rsidR="00EE3E71" w:rsidRDefault="00EE3E71" w:rsidP="008617F1">
+    <w:p w14:paraId="0B21819F" w14:textId="77777777" w:rsidR="009C3D11" w:rsidRDefault="009C3D11" w:rsidP="008617F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A469899" w14:textId="77777777" w:rsidR="00EE3E71" w:rsidRDefault="00EE3E71">
+    <w:p w14:paraId="19B163B3" w14:textId="77777777" w:rsidR="009C3D11" w:rsidRDefault="009C3D11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F8A6A7D" w14:textId="54281E2C" w:rsidR="00221251" w:rsidRDefault="007F277A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="566A10AC" wp14:editId="774F0A7B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>14267</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7632700" cy="1866900"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19837"/>
               <wp:lineTo x="108" y="19837"/>
@@ -2947,51 +2587,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7632700" cy="1866900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2C242C75" w14:textId="76ED8FEC" w:rsidR="00221251" w:rsidRDefault="00665FC9">
+  <w:p w14:paraId="2C242C75" w14:textId="76ED8FEC" w:rsidR="00221251" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:pict w14:anchorId="0E64129D">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:102.75pt;margin-top:13.55pt;width:336.75pt;height:73.9pt;z-index:251658241;mso-height-percent:200;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
           <v:fill opacity="0"/>
           <v:textbox style="mso-next-textbox:#_x0000_s1030;mso-fit-shape-to-text:t">
             <w:txbxContent>
               <w:p w14:paraId="189D7CB3" w14:textId="77777777" w:rsidR="00221251" w:rsidRPr="0036191D" w:rsidRDefault="00221251" w:rsidP="00D31549">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -3044,51 +2684,51 @@
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Community Development</w:t>
                 </w:r>
               </w:p>
               <w:p w14:paraId="6CC59D71" w14:textId="77777777" w:rsidR="00221251" w:rsidRPr="0036191D" w:rsidRDefault="00221251" w:rsidP="009D3E06">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41AB3B74" w14:textId="06CD6E60" w:rsidR="00221251" w:rsidRDefault="00A53230">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="left" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="007F277A">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4827E063" wp14:editId="3CD814AD">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>457200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7632700" cy="1866900"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
@@ -3132,51 +2772,51 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7632700" cy="1866900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00665FC9">
+    <w:r w:rsidR="00000000">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:pict w14:anchorId="6185E289">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:104.25pt;margin-top:19.35pt;width:336.75pt;height:49.2pt;z-index:251658242;mso-height-percent:200;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
           <v:fill opacity="0"/>
           <v:textbox style="mso-next-textbox:#_x0000_s1031;mso-fit-shape-to-text:t">
             <w:txbxContent>
               <w:p w14:paraId="51853532" w14:textId="01376D8F" w:rsidR="00221251" w:rsidRPr="0036191D" w:rsidRDefault="00221251" w:rsidP="00F73A3C">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0036191D">
                   <w:rPr>
                     <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -3224,51 +2864,51 @@
                 <w:r w:rsidR="00B80A9C" w:rsidRPr="001F3C47">
                   <w:rPr>
                     <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Development</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="6114AD73" w14:textId="77777777" w:rsidR="00221251" w:rsidRDefault="00221251">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0783570C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1094814A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4017,177 +3657,184 @@
   <w:num w:numId="1" w16cid:durableId="1723020705">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1273781186">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="363336780">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1307393965">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="99881102">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1479496535">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="816841819">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="98"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008617F1"/>
     <w:rsid w:val="00005542"/>
     <w:rsid w:val="00013254"/>
     <w:rsid w:val="000471A7"/>
     <w:rsid w:val="00055C8B"/>
+    <w:rsid w:val="00063606"/>
     <w:rsid w:val="0006658C"/>
     <w:rsid w:val="000948F8"/>
     <w:rsid w:val="000A08D4"/>
     <w:rsid w:val="000B5F8A"/>
     <w:rsid w:val="000C6D21"/>
     <w:rsid w:val="000D1690"/>
     <w:rsid w:val="000D7426"/>
     <w:rsid w:val="00132917"/>
     <w:rsid w:val="00141039"/>
     <w:rsid w:val="00193415"/>
     <w:rsid w:val="001C4897"/>
     <w:rsid w:val="001E250B"/>
     <w:rsid w:val="001F3C47"/>
     <w:rsid w:val="00200723"/>
     <w:rsid w:val="00204941"/>
     <w:rsid w:val="00221251"/>
     <w:rsid w:val="00231CAB"/>
     <w:rsid w:val="00235E84"/>
     <w:rsid w:val="002555CD"/>
     <w:rsid w:val="00261EA9"/>
     <w:rsid w:val="0028142A"/>
     <w:rsid w:val="00287BCD"/>
     <w:rsid w:val="0029161A"/>
     <w:rsid w:val="002E666F"/>
     <w:rsid w:val="00301C6D"/>
     <w:rsid w:val="003152B5"/>
     <w:rsid w:val="0036191D"/>
     <w:rsid w:val="00375D61"/>
     <w:rsid w:val="003954C2"/>
     <w:rsid w:val="003970F1"/>
     <w:rsid w:val="003B47EE"/>
     <w:rsid w:val="003B6658"/>
     <w:rsid w:val="003E6346"/>
     <w:rsid w:val="00400007"/>
+    <w:rsid w:val="0040044B"/>
     <w:rsid w:val="004152C2"/>
     <w:rsid w:val="00432283"/>
     <w:rsid w:val="00444EB0"/>
     <w:rsid w:val="00445254"/>
     <w:rsid w:val="004E3879"/>
     <w:rsid w:val="005166C9"/>
+    <w:rsid w:val="00533CAF"/>
     <w:rsid w:val="0053483F"/>
     <w:rsid w:val="00544881"/>
     <w:rsid w:val="00572321"/>
     <w:rsid w:val="00572C13"/>
     <w:rsid w:val="0061164B"/>
     <w:rsid w:val="0062139C"/>
     <w:rsid w:val="00662A93"/>
     <w:rsid w:val="00665FC9"/>
     <w:rsid w:val="00667467"/>
     <w:rsid w:val="0066769E"/>
     <w:rsid w:val="006A5DB0"/>
     <w:rsid w:val="006B4D8A"/>
     <w:rsid w:val="006D04A3"/>
     <w:rsid w:val="00747759"/>
     <w:rsid w:val="007820FF"/>
     <w:rsid w:val="007F277A"/>
     <w:rsid w:val="0082054B"/>
     <w:rsid w:val="00821922"/>
     <w:rsid w:val="008339FF"/>
     <w:rsid w:val="008370AE"/>
     <w:rsid w:val="008617F1"/>
     <w:rsid w:val="008945D3"/>
+    <w:rsid w:val="008A0678"/>
     <w:rsid w:val="008B14F7"/>
     <w:rsid w:val="008D17EB"/>
     <w:rsid w:val="00931E08"/>
     <w:rsid w:val="00931F2D"/>
     <w:rsid w:val="0093380D"/>
     <w:rsid w:val="00942DED"/>
     <w:rsid w:val="00946F12"/>
     <w:rsid w:val="009874E5"/>
     <w:rsid w:val="00992CD5"/>
     <w:rsid w:val="00992EBD"/>
     <w:rsid w:val="009A11F1"/>
+    <w:rsid w:val="009C3D11"/>
     <w:rsid w:val="009D3E06"/>
     <w:rsid w:val="00A321F3"/>
     <w:rsid w:val="00A53230"/>
     <w:rsid w:val="00A72F0D"/>
     <w:rsid w:val="00AB3AB1"/>
     <w:rsid w:val="00AD16D3"/>
     <w:rsid w:val="00AE79DE"/>
     <w:rsid w:val="00B26C87"/>
     <w:rsid w:val="00B30B84"/>
     <w:rsid w:val="00B33E9C"/>
     <w:rsid w:val="00B80A9C"/>
     <w:rsid w:val="00B978A1"/>
     <w:rsid w:val="00BD1FD6"/>
     <w:rsid w:val="00BE4845"/>
     <w:rsid w:val="00BE742A"/>
     <w:rsid w:val="00C50074"/>
     <w:rsid w:val="00C50BEF"/>
     <w:rsid w:val="00C5773B"/>
+    <w:rsid w:val="00C63765"/>
     <w:rsid w:val="00C760E7"/>
     <w:rsid w:val="00C76191"/>
     <w:rsid w:val="00CA5337"/>
+    <w:rsid w:val="00CF4DD6"/>
     <w:rsid w:val="00D067B5"/>
     <w:rsid w:val="00D06B38"/>
     <w:rsid w:val="00D31549"/>
     <w:rsid w:val="00D43168"/>
     <w:rsid w:val="00D804B8"/>
     <w:rsid w:val="00DA35C4"/>
     <w:rsid w:val="00DC18AB"/>
     <w:rsid w:val="00DC3680"/>
     <w:rsid w:val="00DC753D"/>
     <w:rsid w:val="00DD30BB"/>
     <w:rsid w:val="00DD4487"/>
     <w:rsid w:val="00DE2B20"/>
     <w:rsid w:val="00DE5740"/>
     <w:rsid w:val="00E135E9"/>
     <w:rsid w:val="00E17DDB"/>
     <w:rsid w:val="00E579F9"/>
     <w:rsid w:val="00E778FC"/>
     <w:rsid w:val="00EC5EEB"/>
     <w:rsid w:val="00EE018D"/>
     <w:rsid w:val="00EE3E71"/>
     <w:rsid w:val="00EE6A56"/>
     <w:rsid w:val="00F011E9"/>
     <w:rsid w:val="00F2331D"/>
     <w:rsid w:val="00F37475"/>
     <w:rsid w:val="00F73A3C"/>
@@ -4201,51 +3848,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7053CD56"/>
   <w15:docId w15:val="{92489F05-5540-4079-AB6C-2D0DCE70C554}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4838,51 +4485,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD16D3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD16D3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1351300153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
@@ -5182,104 +4829,188 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">COMMUNITY-101306793-38799</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Url>https://nedlands365.sharepoint.com/sites/community/communications/_layouts/15/DocIdRedir.aspx?ID=COMMUNITY-101306793-38799</Url>
+      <Description>COMMUNITY-101306793-38799</Description>
+    </_dlc_DocIdUrl>
+    <b73ede9528844b4dac4ca2ed79a068d8 xmlns="a4569545-3f5c-4d76-b5ef-e21c01e673e6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">City of Nedlands</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">e1cb6260-fbdb-4707-a83e-0c933e524b72</TermId>
+        </TermInfo>
+      </Terms>
+    </b73ede9528844b4dac4ca2ed79a068d8>
+    <l5218a67820a405eab41420940e22386 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Communications</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</TermId>
+        </TermInfo>
+      </Terms>
+    </l5218a67820a405eab41420940e22386>
+    <TaxCatchAll xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Value>20</Value>
+      <Value>40</Value>
+      <Value>22</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <eDMS_x0020_Library xmlns="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd">Marketing</eDMS_x0020_Library>
+    <V3Comments xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Additional_x0020_Info xmlns="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd">Step 7 Acquittal Form YGF</Additional_x0020_Info>
+    <c17adc3306e5490dbb62a9b09578c603 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Community Relations</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">00c33994-667c-4fea-8cff-18d8a788bccc</TermId>
+        </TermInfo>
+      </Terms>
+    </c17adc3306e5490dbb62a9b09578c603>
+    <i1b3c855753b482e967e07bcf98e63b6 xmlns="02b462e0-950b-4d18-8f56-efe6ec8fd98e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Marketing</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ab9aa8f8-a547-449a-a50a-7f6d3aef1950</TermId>
+        </TermInfo>
+      </Terms>
+    </i1b3c855753b482e967e07bcf98e63b6>
+    <j6438741ad114f2786113428657618e6 xmlns="82dc8473-40ba-4f11-b935-f34260e482de">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </j6438741ad114f2786113428657618e6>
+    <Marketing_x0020__x002d__x0020_Folder_x0020_Delete xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Marketing_x0020__x002d__x0020_Folder_x0020_Delete>
+    <Change_x0020_Notification_x0020_and_x0020_Logging xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Change_x0020_Notification_x0020_and_x0020_Logging>
+    <Expended_x0020_Time xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Expended_x0020_Time>
+    <Marketing_x0020__x002d__x0020_Time_x0020_Utilisation xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Marketing_x0020__x002d__x0020_Time_x0020_Utilisation>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="eDMS Document" ma:contentTypeID="0x010100DBE2AFA49EAD6847BCAE523F8D149C8E00DBB35E1E18050F4EA693EF54166CEE1B" ma:contentTypeVersion="542" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="7a3e5aa5349f98b1821c248465e4360c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd" xmlns:ns3="a4569545-3f5c-4d76-b5ef-e21c01e673e6" xmlns:ns4="02b462e0-950b-4d18-8f56-efe6ec8fd98e" xmlns:ns5="82dc8473-40ba-4f11-b935-f34260e482de" xmlns:ns6="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e" xmlns:ns7="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88d847d424f49524f4f693bab70b9d78" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="" ns7:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
     <xsd:import namespace="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
     <xsd:import namespace="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
     <xsd:import namespace="82dc8473-40ba-4f11-b935-f34260e482de"/>
     <xsd:import namespace="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e"/>
     <xsd:import namespace="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Additional_x0020_Info" minOccurs="0"/>
                 <xsd:element ref="ns2:eDMS_x0020_Library" minOccurs="0"/>
                 <xsd:element ref="ns1:V3Comments" minOccurs="0"/>
                 <xsd:element ref="ns4:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns4:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns4:l5218a67820a405eab41420940e22386" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:c17adc3306e5490dbb62a9b09578c603" minOccurs="0"/>
                 <xsd:element ref="ns4:i1b3c855753b482e967e07bcf98e63b6" minOccurs="0"/>
@@ -5666,270 +5397,188 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...71 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BBA8BEE7-6A92-4009-AFBB-13D6868BF4C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
+    <ds:schemaRef ds:uri="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
+    <ds:schemaRef ds:uri="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="82dc8473-40ba-4f11-b935-f34260e482de"/>
+    <ds:schemaRef ds:uri="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C232F0F6-B832-4DCB-A1ED-AACA45140D9F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17A45515-57CC-4BF3-9E43-B95A2FCAECDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{943DC2E5-53E5-48FE-A433-093137003D39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90CB9768-93F5-4DEB-A01E-F4C52A555B61}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="1ae40dc8-470f-4dcb-9fe3-b6162fd218fd"/>
     <ds:schemaRef ds:uri="a4569545-3f5c-4d76-b5ef-e21c01e673e6"/>
     <ds:schemaRef ds:uri="02b462e0-950b-4d18-8f56-efe6ec8fd98e"/>
     <ds:schemaRef ds:uri="82dc8473-40ba-4f11-b935-f34260e482de"/>
     <ds:schemaRef ds:uri="ff2ecd38-e8a2-48b7-b5b7-59af2d5c6c7e"/>
     <ds:schemaRef ds:uri="eb5c865b-c9c7-4de3-82e6-e3ba59bb9103"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>579</Words>
-  <Characters>3304</Characters>
+  <Words>292</Words>
+  <Characters>3253</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Nedlands</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3876</CharactersWithSpaces>
+  <CharactersWithSpaces>3496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>treynolds</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>7f8b8b06-0c20-440a-a099-20320c236b15</vt:lpwstr>
+    <vt:lpwstr>5b800f56-6206-48c5-8ad5-74910d37f7ea</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Function">
-    <vt:lpwstr>22</vt:lpwstr>
+    <vt:lpwstr>22;#Community Relations|00c33994-667c-4fea-8cff-18d8a788bccc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Entity">
-    <vt:lpwstr>1</vt:lpwstr>
+    <vt:lpwstr>1;#City of Nedlands|e1cb6260-fbdb-4707-a83e-0c933e524b72</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="eDMS Site">
-    <vt:lpwstr>20</vt:lpwstr>
+    <vt:lpwstr>20;#Communications|d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Document Set Status">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DocumentSetDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_docset_NoMedatataSyncRequired">
-    <vt:lpwstr>True</vt:lpwstr>
+    <vt:lpwstr>False</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
     <vt:lpwstr>0x010100DBE2AFA49EAD6847BCAE523F8D149C8E00DBB35E1E18050F4EA693EF54166CEE1B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Activity">
-    <vt:lpwstr>40</vt:lpwstr>
+    <vt:lpwstr>40;#Marketing|ab9aa8f8-a547-449a-a50a-7f6d3aef1950</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Programs - Assigned To Alert">
     <vt:lpwstr>, </vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Programs - Folder Delete">
     <vt:lpwstr>, </vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="document set status previous">
     <vt:lpwstr>Active</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="eDMS_x0020_Site">
+    <vt:lpwstr>20;#Communications|d1017bbf-fba7-4bc6-ae83-6802ffc81c2c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Subject_x0020_Matter">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Subject Matter">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>